--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1690850244"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1206224066"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1206224066"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1206224066"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1690850244"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1206224066"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1206224066"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1206224066"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1690850244"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1206224066"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1206224066"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1206224066"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1690850244"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1206224066"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1206224066"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1206224066"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1690850244"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1206224066"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1206224066"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1206224066"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1690850244"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1206224066"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1206224066"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1206224066"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1690850244"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1206224066"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1206224066"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1206224066"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1690850244"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1206224066"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1206224066"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1206224066"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1690850244"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1690850244"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1206224066"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1206224066"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1206224066"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>