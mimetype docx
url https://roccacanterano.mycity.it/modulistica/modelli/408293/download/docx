--- v1 (2025-12-14)
+++ v2 (2026-03-28)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1206224066"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2926714658"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2926714658"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2926714658"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1206224066"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2926714658"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2926714658"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2926714658"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1206224066"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2926714658"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2926714658"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2926714658"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1206224066"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2926714658"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2926714658"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2926714658"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1206224066"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2926714658"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2926714658"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2926714658"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1206224066"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2926714658"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2926714658"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2926714658"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1206224066"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2926714658"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2926714658"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2926714658"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1206224066"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2926714658"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2926714658"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2926714658"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1206224066"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1206224066"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2926714658"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2926714658"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2926714658"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>