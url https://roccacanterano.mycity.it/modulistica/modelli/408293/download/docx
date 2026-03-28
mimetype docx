--- v2 (2026-03-28)
+++ v3 (2026-03-28)
@@ -177,179 +177,179 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2926714658"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2855060491"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2855060491"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2855060491"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Patente</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2926714658"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2855060491"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2855060491"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2855060491"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Carta d’identità</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2926714658"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2855060491"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2855060491"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2855060491"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Passaporto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2926714658"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2855060491"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2855060491"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2855060491"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>N. ....................................... rilasciato da ...................................................................... il ...................................</w:t>
       </w:r>
     </w:p>
@@ -401,137 +401,137 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2926714658"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2855060491"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2855060491"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2855060491"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Residenza</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2926714658"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2855060491"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2855060491"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2855060491"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>Stato di Famiglia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2926714658"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2855060491"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2855060491"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2855060491"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>......................................................................</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>a nome del signor/a ............................................................................................................................................ nato a .............................................................................................................. il ............................................ residente in questo comune.</w:t>
       </w:r>
     </w:p>
@@ -539,95 +539,95 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2926714658"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2855060491"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2855060491"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2855060491"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta libera a norma dell’art. ......................... tabella B D.P.R. 26/10/1972 n. 642 o della seguente norma ..............................................................);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="360"/>
         <w:ind w:left="284" w:hanging="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2926714658"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2926714658"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2855060491"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2855060491"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2855060491"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
         <w:t>in carta resa legale.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>